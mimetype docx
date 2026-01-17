--- v0 (2025-10-21)
+++ v1 (2026-01-17)
@@ -447,163 +447,131 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00026925" w:rsidRPr="00026925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ISO recommends including this information to support streamlined document distribution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7031E6BD" w14:textId="748FA703" w:rsidR="00D95595" w:rsidRPr="00BE2C29" w:rsidRDefault="00D95595" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D5ACEEB" w14:textId="77777777" w:rsidR="00C41FFC" w:rsidRPr="00BE2C29" w:rsidRDefault="00C41FFC" w:rsidP="00171A99">
+    <w:p w14:paraId="5D5ACEEB" w14:textId="5032B030" w:rsidR="00C41FFC" w:rsidRPr="00E22DCA" w:rsidRDefault="00C41FFC" w:rsidP="00171A99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PART I</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: To be completed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7212F" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>international</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scholar </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00BE2C29">
-[...5 lines deleted...]
-        <w:t>:  To</w:t>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>being invited</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BE2C29">
-[...37 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the U</w:t>
       </w:r>
-      <w:r w:rsidR="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00BE2C29" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">niversity of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00BE2C29" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ashington</w:t>
       </w:r>
-      <w:r w:rsidR="006A532C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006A532C" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UW)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FC0F332" w14:textId="77777777" w:rsidR="007E69AF" w:rsidRPr="0099500D" w:rsidRDefault="007E69AF" w:rsidP="007E69AF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="283EBF99" w14:textId="32BC6801" w:rsidR="007E69AF" w:rsidRPr="0056147F" w:rsidRDefault="0056147F" w:rsidP="0056147F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056147F">
@@ -4825,199 +4793,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enter destination countries and approximate dates of travel (MM/DD/YYYY - MM/DD/YYYY)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C93651">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="642A7B4B" w14:textId="77777777" w:rsidR="00C93651" w:rsidRPr="00C93651" w:rsidRDefault="00C93651" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5179DC76" w14:textId="77777777" w:rsidR="00374117" w:rsidRPr="00BE2C29" w:rsidRDefault="00171A99" w:rsidP="00171A99">
+    <w:p w14:paraId="49A34466" w14:textId="77777777" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00171A99" w:rsidP="00171A99">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Home C</w:t>
+      </w:r>
+      <w:r w:rsidR="00374117" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ountry </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00374117" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>osition:</w:t>
+      </w:r>
+      <w:r w:rsidR="00374117" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5179DC76" w14:textId="701AA7C6" w:rsidR="00374117" w:rsidRPr="00BE2C29" w:rsidRDefault="00E72FB0" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C93651">
-[...45 lines deleted...]
-      <w:r w:rsidR="00E72FB0" w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Select </w:t>
       </w:r>
-      <w:r w:rsidR="00E72FB0" w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="00E72FB0" w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> position from the </w:t>
       </w:r>
       <w:r w:rsidR="009A4504" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Home Country Position Description for International Scholars </w:t>
       </w:r>
       <w:r w:rsidR="009A4504" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>list that follows the end of Part I</w:t>
       </w:r>
       <w:r w:rsidR="0053718A" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Type </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00171A99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or copy and paste </w:t>
       </w:r>
       <w:r w:rsidR="0053718A" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>that position into the box below</w:t>
       </w:r>
       <w:r w:rsidR="009A4504" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00A9396C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
-      <w:r w:rsidR="00E72FB0" w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>entry</w:t>
       </w:r>
       <w:r w:rsidR="00432E4C" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> MUST be </w:t>
       </w:r>
       <w:r w:rsidR="009A4504" w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a position description </w:t>
@@ -5094,51 +5054,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enter your home country position (from the list below)</w:t>
       </w:r>
       <w:r w:rsidR="009B43D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="001A0188">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E72FB0" w:rsidRPr="00BE2C29">
+      <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0B7D2C" w14:textId="77777777" w:rsidR="00374117" w:rsidRPr="00171A99" w:rsidRDefault="00171A99" w:rsidP="003058CA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00171A99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -5371,51 +5331,478 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enter the official name</w:t>
       </w:r>
       <w:r w:rsidR="009B43D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="001C8DA3" w14:textId="77777777" w:rsidR="00374117" w:rsidRPr="007F138F" w:rsidRDefault="00374117" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6272520C" w14:textId="7122C959" w:rsidR="00374117" w:rsidRPr="00BE2C29" w:rsidRDefault="00374117" w:rsidP="00171A99">
+    <w:p w14:paraId="7F4BE0DC" w14:textId="2EC29F91" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Do you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan to return to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">home country employer or another institution at the end of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exchange visit at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>UW?*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="75619604" w14:textId="0B335B5D" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I do not plan to return to my home country employer or another institution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC51BDA" w14:textId="72AA4FC6" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I plan to return to home </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>country</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> employer. (Noted above.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462EEA10" w14:textId="1768F5BE" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I plan to return to another institution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter the official name"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter the official name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F4586C" w14:textId="77777777" w:rsidR="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00171A99">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6272520C" w14:textId="33EBB10F" w:rsidR="00374117" w:rsidRPr="00BE2C29" w:rsidRDefault="00374117" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00171A99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Are you a </w:t>
       </w:r>
       <w:r w:rsidR="0056147F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>graduate of a non-U.S. medical school</w:t>
@@ -6994,67 +7381,87 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007505DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A documented interview conducted by the sponsor either in-person or by videoconferencing, or by telephone if videoconferencing is not a viable option.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3A54F1" w14:textId="0A6F04A0" w:rsidR="0056147F" w:rsidRDefault="0056147F" w:rsidP="003B0054">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60111503" w14:textId="270214FF" w:rsidR="0056147F" w:rsidRPr="0056147F" w:rsidRDefault="0056147F" w:rsidP="003B0054">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="6C428D46" w14:textId="77777777" w:rsidR="00E22DCA" w:rsidRDefault="00E22DCA">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0056147F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60111503" w14:textId="42810FA9" w:rsidR="0056147F" w:rsidRPr="0056147F" w:rsidRDefault="0056147F" w:rsidP="003B0054">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0056147F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Section Two - Dependents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FDFACA" w14:textId="77777777" w:rsidR="00B93D8F" w:rsidRDefault="00B93D8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60B9B05C" w14:textId="77777777" w:rsidR="00CE5D65" w:rsidRPr="00CE2AA7" w:rsidRDefault="00CE5D65" w:rsidP="00CE5D65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -8515,51 +8922,50 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4050"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Passport country/Primary country of citizenship</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24823">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
@@ -15497,50 +15903,51 @@
     </w:p>
     <w:p w14:paraId="495DB9C8" w14:textId="58307A39" w:rsidR="00AD757C" w:rsidRDefault="008948FC" w:rsidP="00786906">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E24823">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Country of Birth:</w:t>
       </w:r>
       <w:r w:rsidR="000D53C1" w:rsidRPr="000D53C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Country of Birth"/>
           <w:tag w:val="Country of Birth"/>
           <w:id w:val="-2072341743"/>
           <w:placeholder>
             <w:docPart w:val="4F5C9924C31946B6A58333CF38FE71C8"/>
           </w:placeholder>
@@ -18647,51 +19054,50 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4050"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Additional country of c</w:t>
       </w:r>
       <w:r w:rsidRPr="00E24823">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>itizenship:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
@@ -20691,133 +21097,78 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Electronic media technician</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A448A99" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Electronic media, other positions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0285C53C" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
+    <w:p w14:paraId="43A91E9D" w14:textId="4AFAE388" w:rsidR="00E25581" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Printed media positions</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4A083770" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Editor and/or publisher</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3843ABB0" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -21610,51 +21961,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IMPORTANT POLITICAL FIGURES NOT CLASSIFIED ELSEWHERE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727CC5EA" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Opposition leader (not in government)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C1952C" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Opposition leader, legislature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188499DF" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -21781,69 +22131,51 @@
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Senior official of international organization</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16203749" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Employee of </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> organization</w:t>
+        <w:t>Employee of international organization</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF5A19E" w14:textId="77777777" w:rsidR="00E25581" w:rsidRDefault="00E25581" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="264609C9" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00011B6D" w:rsidP="00171A99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -23051,153 +23383,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2C29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A215274" w14:textId="77777777" w:rsidR="00432E4C" w:rsidRPr="00BE2C29" w:rsidRDefault="00432E4C" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B64FCB1" w14:textId="570C6B56" w:rsidR="003B658B" w:rsidRPr="00BE2C29" w:rsidRDefault="003B658B" w:rsidP="00171A99">
+    <w:p w14:paraId="2B64FCB1" w14:textId="439E01B8" w:rsidR="003B658B" w:rsidRPr="00E22DCA" w:rsidRDefault="003B658B" w:rsidP="00171A99">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BE2C29">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PART II</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: To be completed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00280335" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UW</w:t>
       </w:r>
-      <w:r w:rsidR="001E0FB4">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001E0FB4" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic</w:t>
       </w:r>
-      <w:r w:rsidR="00280335" w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00280335" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00252619">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00252619" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>unit</w:t>
       </w:r>
-      <w:r w:rsidR="00280335" w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00280335" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is </w:t>
       </w:r>
-      <w:r w:rsidR="00505046" w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00505046" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">inviting </w:t>
       </w:r>
-      <w:r w:rsidR="00280335" w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00280335" w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the international scholar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE2C29">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3ECFE4" w14:textId="77777777" w:rsidR="008A197C" w:rsidRPr="008A197C" w:rsidRDefault="008A197C" w:rsidP="008A197C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34BC985C" w14:textId="6ECC2CCB" w:rsidR="00E72FB0" w:rsidRPr="0056147F" w:rsidRDefault="0056147F" w:rsidP="00171A99">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -23598,51 +23920,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00082E9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sponsorship duration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Choose one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F09BE89" w14:textId="65CA0E82" w:rsidR="00082E9E" w:rsidRPr="00082E9E" w:rsidRDefault="00F75FA5" w:rsidP="00082E9E">
+    <w:p w14:paraId="5F09BE89" w14:textId="65CA0E82" w:rsidR="00082E9E" w:rsidRPr="00082E9E" w:rsidRDefault="00F100AB" w:rsidP="00082E9E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="209006377"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -23651,51 +23973,51 @@
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00082E9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00082E9E" w:rsidRPr="00082E9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The unit requests sponsorship for the duration of the current appointment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DF70C1" w14:textId="139B73C3" w:rsidR="00082E9E" w:rsidRDefault="00F75FA5" w:rsidP="00082E9E">
+    <w:p w14:paraId="13DF70C1" w14:textId="139B73C3" w:rsidR="00082E9E" w:rsidRDefault="00F100AB" w:rsidP="00082E9E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2040308798"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -25541,75 +25863,51 @@
     </w:p>
     <w:p w14:paraId="002631F2" w14:textId="77777777" w:rsidR="007505DD" w:rsidRPr="00BE2C29" w:rsidRDefault="007505DD" w:rsidP="003058CA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5456C224" w14:textId="19167A40" w:rsidR="007505DD" w:rsidRPr="00621025" w:rsidRDefault="007505DD" w:rsidP="007505DD">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
       </w:pPr>
       <w:r w:rsidRPr="007505DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Is Exchange Visitor enrolled in or pursuing a degree at an academic institution outside </w:t>
-[...23 lines deleted...]
-        <w:t>? </w:t>
+        <w:t>Is Exchange Visitor enrolled in or pursuing a degree at an academic institution outside US? </w:t>
       </w:r>
       <w:r w:rsidRPr="007505DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007505DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">To sponsor a foreign student for supervised research-based learning at UW, </w:t>
       </w:r>
       <w:r>
@@ -28803,51 +29101,95 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Six</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC50C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB3E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>UW Financial Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077B8C15" w14:textId="77777777" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="0D80A836" w14:textId="31954DBA" w:rsidR="00E35965" w:rsidRDefault="00E35965" w:rsidP="00904952">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This intake form cannot validate </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>worktags</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077B8C15" w14:textId="3DAF69F5" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB3E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Visa fees cannot be charged to federal grants; please ensure the budget information you specify is valid. Please follow this </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00DB3E66">
           <w:rPr>
@@ -29062,779 +29404,1403 @@
         </w:rPr>
         <w:t>worktag</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DB3E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30818C19" w14:textId="77777777" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74E85BBE" w14:textId="77777777" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="74E85BBE" w14:textId="59E066CB" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Grant</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...109 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter gift name"/>
+              <w:default w:val="Enter grant worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter gift name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter grant worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A539B0E" w14:textId="77777777" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="11147EDD" w14:textId="54DD2DB1" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Project</w:t>
+        <w:t>Gift</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter project name"/>
+              <w:default w:val="Enter gift worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter project name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter gift worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54705FD2" w14:textId="77777777" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="5A539B0E" w14:textId="64EF3F9F" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Program</w:t>
+        <w:t>Project</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter program name"/>
+              <w:default w:val="Enter project worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter program name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter project worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22DCA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7618DF2A" w14:textId="77777777" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="54705FD2" w14:textId="4EB063BC" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Cost Center</w:t>
+        <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter cost center name"/>
+              <w:default w:val="Enter program worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter cost center name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter program worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33365355" w14:textId="77777777" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
+    <w:p w14:paraId="7618DF2A" w14:textId="35ABF447" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Resource</w:t>
+        <w:t>Cost Center</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter resource name"/>
+              <w:default w:val="Enter cost center worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter resource name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter cost center worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4627AE22" w14:textId="77777777" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
-[...15 lines deleted...]
-        <w:t>Company</w:t>
+    <w:p w14:paraId="33365355" w14:textId="37EEFA5E" w:rsidR="00904952" w:rsidRPr="00CE2AA7" w:rsidRDefault="00904952" w:rsidP="00904952">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Resource</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3554E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
-              <w:default w:val="Enter company name"/>
+              <w:default w:val="Enter resource worktag"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Enter company name</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Enter resource worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="4627AE22" w14:textId="1DE2B38F" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3554E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter company worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter company worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DA7666" w14:textId="0E8965BB" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Activity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter activity worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter activity worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71FD24F8" w14:textId="5036E230" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Assignee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter assignee worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter assignee worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178034A2" w14:textId="57A511E8" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Balancing Unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter balancing unit worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter balancing unit worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6FEC1E" w14:textId="09F5156D" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Function</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter function worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter function worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC1F664" w14:textId="1EF7FD09" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fund</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter fund worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter fund worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B32E5BF" w14:textId="5AC3D5A0" w:rsidR="00E22DCA" w:rsidRPr="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00E22DCA">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Work Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter work order worktag"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter work order worktag</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718F956D" w14:textId="77777777" w:rsidR="00E22DCA" w:rsidRDefault="00E22DCA" w:rsidP="00904952">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7B502869" w14:textId="77777777" w:rsidR="00904952" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D2B5116" w14:textId="77777777" w:rsidR="00904952" w:rsidRPr="00004DE9" w:rsidRDefault="00904952" w:rsidP="00904952">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004DE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -30026,138 +30992,260 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79B58B7A" w14:textId="77777777" w:rsidR="00334214" w:rsidRPr="00DC2FC9" w:rsidRDefault="00334214" w:rsidP="00DC2FC9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC2FC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B4B7F0" w14:textId="77777777" w:rsidR="00334214" w:rsidRPr="00CE2AA7" w:rsidRDefault="00334214" w:rsidP="00334214">
+    <w:p w14:paraId="6A9C7972" w14:textId="77777777" w:rsidR="00E35965" w:rsidRDefault="00334214" w:rsidP="00334214">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2AA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Use this space </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">to add comments or information: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B43D7">
+        <w:t>to add comments or information</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, including requests that it be assigned to a specific advisor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B4B7F0" w14:textId="24ED58FF" w:rsidR="00334214" w:rsidRDefault="00E35965" w:rsidP="00334214">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Enter your response"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00531E4A">
+      <w:bookmarkStart w:id="21" w:name="Text24"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="009B43D7">
-[...6 lines deleted...]
-      <w:r w:rsidR="009B43D7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00531E4A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enter your response</w:t>
       </w:r>
-      <w:r w:rsidR="009B43D7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="326353D8" w14:textId="4FBE7287" w:rsidR="00E35965" w:rsidRPr="00CE2AA7" w:rsidRDefault="00E35965" w:rsidP="00334214">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internal Unit Request ID (if any): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text24"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="Enter your response"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enter your response</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35965">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64014C53" w14:textId="77777777" w:rsidR="007901DE" w:rsidRPr="00334214" w:rsidRDefault="00334214" w:rsidP="00334214">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE2AA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007901DE" w:rsidRPr="00334214" w:rsidSect="00432E4C">
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
@@ -30268,105 +31356,113 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E5F0C51" w14:textId="41647AF3" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="001E0FB4">
+  <w:p w14:paraId="4E5F0C51" w14:textId="36F49721" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="001E0FB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="5400"/>
         <w:tab w:val="right" w:pos="10512"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Updated</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00C93651">
+    <w:r w:rsidR="00AD0D34">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>July 16</w:t>
+      <w:t>January 8</w:t>
     </w:r>
     <w:r w:rsidR="00EB11BB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00EB11BB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00AD0D34">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>J-1 Visa Request Intake Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
@@ -30541,97 +31637,105 @@
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="009E0760" w:rsidRPr="009E0760">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://ap.washington.edu/j1-intake-2/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43FCC14B" w14:textId="17D2B371" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="001E0FB4">
+  <w:p w14:paraId="43FCC14B" w14:textId="2AD648C9" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="001E0FB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="5400"/>
         <w:tab w:val="right" w:pos="10512"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00C93651">
+    <w:r w:rsidR="00AD0D34">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>July 16</w:t>
+      <w:t>January 8</w:t>
     </w:r>
     <w:r w:rsidR="00EB11BB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00EB11BB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00AD0D34">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>J-1 Visa Request Intake Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
@@ -30802,108 +31906,85 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="009E0760" w:rsidRPr="009E0760">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://ap.washington.edu/j1-intake-2/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4AA3A360" w14:textId="22DBF594" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="00BE2C29">
+  <w:p w14:paraId="4AA3A360" w14:textId="2297D5E3" w:rsidR="004F09B6" w:rsidRPr="00BA1D7B" w:rsidRDefault="004F09B6" w:rsidP="00BE2C29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Updated </w:t>
+      <w:t>Updated</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AD0D34">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t xml:space="preserve"> January 8, </w:t>
     </w:r>
-    <w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00AD0D34">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+      <w:t>2026</w:t>
     </w:r>
-    <w:r>
-[...23 lines deleted...]
-    </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>J-1 Visa Request Intake Form</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
@@ -33137,74 +34218,75 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1213007740">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="752552415">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1516459244">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="96257"/>
+    <o:shapedefaults v:ext="edit" spidmax="98305"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00596CF3"/>
     <w:rsid w:val="00011B6D"/>
     <w:rsid w:val="00026925"/>
     <w:rsid w:val="00046751"/>
     <w:rsid w:val="000547B7"/>
+    <w:rsid w:val="000603D0"/>
     <w:rsid w:val="00060C3D"/>
     <w:rsid w:val="0006723E"/>
     <w:rsid w:val="00082E9E"/>
     <w:rsid w:val="000B1096"/>
     <w:rsid w:val="000B3B2A"/>
     <w:rsid w:val="000D53C1"/>
     <w:rsid w:val="000E3C50"/>
     <w:rsid w:val="00142BC7"/>
     <w:rsid w:val="00170BFC"/>
     <w:rsid w:val="001711D9"/>
     <w:rsid w:val="00171A99"/>
     <w:rsid w:val="00172B6A"/>
     <w:rsid w:val="00193807"/>
     <w:rsid w:val="00197813"/>
     <w:rsid w:val="001978C7"/>
     <w:rsid w:val="001A0188"/>
     <w:rsid w:val="001A0A51"/>
     <w:rsid w:val="001C7E4F"/>
     <w:rsid w:val="001E0FB4"/>
     <w:rsid w:val="001E6452"/>
     <w:rsid w:val="001E7C1E"/>
     <w:rsid w:val="001F4853"/>
     <w:rsid w:val="001F65DD"/>
     <w:rsid w:val="001F7634"/>
     <w:rsid w:val="00217ED2"/>
@@ -33321,171 +34403,175 @@
     <w:rsid w:val="008B2883"/>
     <w:rsid w:val="008C156E"/>
     <w:rsid w:val="008E4A0F"/>
     <w:rsid w:val="008E7AFC"/>
     <w:rsid w:val="00904952"/>
     <w:rsid w:val="00911EED"/>
     <w:rsid w:val="00920293"/>
     <w:rsid w:val="009471DB"/>
     <w:rsid w:val="009629C7"/>
     <w:rsid w:val="009845D1"/>
     <w:rsid w:val="00986A2B"/>
     <w:rsid w:val="009A049D"/>
     <w:rsid w:val="009A4504"/>
     <w:rsid w:val="009B43D7"/>
     <w:rsid w:val="009C2C82"/>
     <w:rsid w:val="009E0760"/>
     <w:rsid w:val="009F19CA"/>
     <w:rsid w:val="009F7269"/>
     <w:rsid w:val="009F74AD"/>
     <w:rsid w:val="00A203D8"/>
     <w:rsid w:val="00A317D3"/>
     <w:rsid w:val="00A40895"/>
     <w:rsid w:val="00A463BB"/>
     <w:rsid w:val="00A81A23"/>
     <w:rsid w:val="00A9396C"/>
-    <w:rsid w:val="00AA673F"/>
     <w:rsid w:val="00AB03E9"/>
     <w:rsid w:val="00AB6E76"/>
+    <w:rsid w:val="00AD0D34"/>
     <w:rsid w:val="00AD24C5"/>
     <w:rsid w:val="00AD2668"/>
     <w:rsid w:val="00AD757C"/>
     <w:rsid w:val="00AE49D2"/>
     <w:rsid w:val="00AF5903"/>
     <w:rsid w:val="00B01288"/>
     <w:rsid w:val="00B01547"/>
     <w:rsid w:val="00B07957"/>
     <w:rsid w:val="00B35235"/>
     <w:rsid w:val="00B37CBB"/>
     <w:rsid w:val="00B437CE"/>
     <w:rsid w:val="00B520DD"/>
     <w:rsid w:val="00B8323F"/>
     <w:rsid w:val="00B84EC6"/>
     <w:rsid w:val="00B93D8F"/>
     <w:rsid w:val="00BA43CC"/>
+    <w:rsid w:val="00BB3156"/>
     <w:rsid w:val="00BB5B1F"/>
     <w:rsid w:val="00BD18A7"/>
     <w:rsid w:val="00BE2C29"/>
     <w:rsid w:val="00BF156C"/>
     <w:rsid w:val="00C2290D"/>
     <w:rsid w:val="00C35B8B"/>
-    <w:rsid w:val="00C36B8D"/>
     <w:rsid w:val="00C41FFC"/>
     <w:rsid w:val="00C46FC1"/>
     <w:rsid w:val="00C50AFA"/>
     <w:rsid w:val="00C57AEE"/>
     <w:rsid w:val="00C604BF"/>
     <w:rsid w:val="00C62996"/>
     <w:rsid w:val="00C71365"/>
     <w:rsid w:val="00C7736F"/>
     <w:rsid w:val="00C8087E"/>
     <w:rsid w:val="00C86174"/>
     <w:rsid w:val="00C93651"/>
     <w:rsid w:val="00C96849"/>
     <w:rsid w:val="00CA1ADA"/>
     <w:rsid w:val="00CA3E28"/>
     <w:rsid w:val="00CC0988"/>
     <w:rsid w:val="00CD02C3"/>
     <w:rsid w:val="00CD1DD0"/>
     <w:rsid w:val="00CE5D65"/>
     <w:rsid w:val="00CF0DC8"/>
     <w:rsid w:val="00D0119C"/>
     <w:rsid w:val="00D024A4"/>
     <w:rsid w:val="00D05BD6"/>
     <w:rsid w:val="00D06089"/>
     <w:rsid w:val="00D21FDE"/>
     <w:rsid w:val="00D35F3A"/>
     <w:rsid w:val="00D37574"/>
     <w:rsid w:val="00D47F69"/>
     <w:rsid w:val="00D501AD"/>
     <w:rsid w:val="00D56E14"/>
     <w:rsid w:val="00D61069"/>
     <w:rsid w:val="00D7212F"/>
     <w:rsid w:val="00D72306"/>
     <w:rsid w:val="00D757D3"/>
     <w:rsid w:val="00D8603E"/>
     <w:rsid w:val="00D92150"/>
     <w:rsid w:val="00D95595"/>
     <w:rsid w:val="00D959CA"/>
     <w:rsid w:val="00DA1C6B"/>
     <w:rsid w:val="00DC2FC9"/>
     <w:rsid w:val="00DC59F7"/>
     <w:rsid w:val="00DD78F2"/>
     <w:rsid w:val="00DE6185"/>
     <w:rsid w:val="00E034B3"/>
     <w:rsid w:val="00E128F6"/>
+    <w:rsid w:val="00E22DCA"/>
     <w:rsid w:val="00E25378"/>
     <w:rsid w:val="00E25581"/>
+    <w:rsid w:val="00E35965"/>
     <w:rsid w:val="00E577EA"/>
     <w:rsid w:val="00E6346F"/>
     <w:rsid w:val="00E72FB0"/>
     <w:rsid w:val="00E956C0"/>
+    <w:rsid w:val="00E9638F"/>
     <w:rsid w:val="00EB11BB"/>
     <w:rsid w:val="00EC2547"/>
     <w:rsid w:val="00EC3E9D"/>
     <w:rsid w:val="00ED0E06"/>
     <w:rsid w:val="00EF1F58"/>
     <w:rsid w:val="00EF613B"/>
     <w:rsid w:val="00F01D43"/>
+    <w:rsid w:val="00F04682"/>
     <w:rsid w:val="00F04E85"/>
+    <w:rsid w:val="00F100AB"/>
     <w:rsid w:val="00F2066E"/>
     <w:rsid w:val="00F40AA2"/>
     <w:rsid w:val="00F479DE"/>
     <w:rsid w:val="00F70F4F"/>
-    <w:rsid w:val="00F75FA5"/>
     <w:rsid w:val="00F853AF"/>
     <w:rsid w:val="00F96C80"/>
     <w:rsid w:val="00F976EB"/>
     <w:rsid w:val="00FA66FF"/>
     <w:rsid w:val="00FB696F"/>
     <w:rsid w:val="00FC0943"/>
     <w:rsid w:val="00FC5C5B"/>
     <w:rsid w:val="00FD14A7"/>
     <w:rsid w:val="00FD4F8C"/>
     <w:rsid w:val="00FD587D"/>
     <w:rsid w:val="00FE0283"/>
     <w:rsid w:val="00FE1E26"/>
     <w:rsid w:val="00FE43EA"/>
     <w:rsid w:val="00FE5746"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="96257"/>
+    <o:shapedefaults v:ext="edit" spidmax="98305"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0C782D62"/>
   <w15:docId w15:val="{2065CA6D-B939-4DB1-98EC-E3CD972564CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -35358,58 +36444,60 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E620F0"/>
     <w:rsid w:val="00146C12"/>
     <w:rsid w:val="006F2927"/>
+    <w:rsid w:val="0080778A"/>
     <w:rsid w:val="00840415"/>
     <w:rsid w:val="009E4459"/>
     <w:rsid w:val="00B520DD"/>
+    <w:rsid w:val="00BB3156"/>
     <w:rsid w:val="00BC15BC"/>
-    <w:rsid w:val="00C36B8D"/>
     <w:rsid w:val="00C96849"/>
     <w:rsid w:val="00D56E14"/>
     <w:rsid w:val="00E620F0"/>
+    <w:rsid w:val="00F04682"/>
     <w:rsid w:val="00F97BD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -36331,66 +37419,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5892C97B-15FB-4ECD-AFF4-B565BA395B97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NormalEmail</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3011</Words>
-  <Characters>17166</Characters>
+  <Words>3051</Words>
+  <Characters>18007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>143</Lines>
-  <Paragraphs>40</Paragraphs>
+  <Lines>562</Lines>
+  <Paragraphs>467</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Washington</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20137</CharactersWithSpaces>
+  <CharactersWithSpaces>20591</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sunday Stanley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>