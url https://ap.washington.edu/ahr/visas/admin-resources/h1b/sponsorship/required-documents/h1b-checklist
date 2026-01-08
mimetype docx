--- v0 (2025-11-01)
+++ v1 (2026-01-08)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3822A83E" w14:textId="77777777" w:rsidR="00D3672A" w:rsidRPr="00D3672A" w:rsidRDefault="00D3672A" w:rsidP="00D3672A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="009B6063">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -331,51 +331,51 @@
               <w:rStyle w:val="PlaceholderText"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Enter ticket number from RT here.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5A119BA2" w14:textId="77777777" w:rsidR="008D252F" w:rsidRPr="008D252F" w:rsidRDefault="008D252F" w:rsidP="008D252F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="708C6AD1" w14:textId="77777777" w:rsidR="00F33233" w:rsidRDefault="00BE1AA7" w:rsidP="00F33233">
+    <w:p w14:paraId="708C6AD1" w14:textId="31065A09" w:rsidR="00F33233" w:rsidRDefault="00BE1AA7" w:rsidP="00F33233">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3672A">
         <w:rPr>
@@ -428,51 +428,51 @@
         </w:rPr>
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F33233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33233" w:rsidRPr="00F33233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Return to ISO as one complete packet to International Scholars Operations (ISO) by one of the following methods:</w:t>
+        <w:t>Return as one complete packet to International Scholars Operations (ISO) by one of the following methods:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55EAD361" w14:textId="77777777" w:rsidR="00F33233" w:rsidRPr="00F33233" w:rsidRDefault="00F33233" w:rsidP="00F33233">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>By campus mail to campus mailbox 351245</w:t>
       </w:r>
     </w:p>
@@ -586,51 +586,51 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">From </w:t>
       </w:r>
       <w:r w:rsidR="00C7604A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>unit</w:t>
       </w:r>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9ACDDD" w14:textId="2CBDD9B2" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="1D9ACDDD" w14:textId="2CBDD9B2" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1249030493"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-481464963"/>
@@ -667,51 +667,51 @@
       <w:r w:rsidR="008C1118">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed </w:t>
       </w:r>
       <w:r w:rsidR="007A1305" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">UW </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00E46193" w:rsidRPr="008C1118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>H Visa Request Form</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56D850D4" w14:textId="2A51BBA4" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="56D850D4" w14:textId="43820603" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-146665826"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1500691150"/>
@@ -731,115 +731,72 @@
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000D3199" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00E46193" w:rsidRPr="008C1118">
+        <w:r w:rsidR="004415F0" w:rsidRPr="00A71BCF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>Check(s)</w:t>
+          <w:t>G-1450 credit card authorizations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004415F0">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> made out to </w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
-[...4 lines deleted...]
-        <w:t>Department of Homeland Security</w:t>
+      <w:r w:rsidR="005E4317">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>for USCIS filing fees</w:t>
       </w:r>
       <w:r w:rsidR="00F410EF" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A1C209" w14:textId="0F80A515" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00E46193" w:rsidP="000D3199">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -983,51 +940,51 @@
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00657674" w:rsidRPr="00657674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>contact ISO</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00657674">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C1F1CA" w14:textId="4A209AB1" w:rsidR="00E46193" w:rsidRDefault="00485FB9" w:rsidP="00F33233">
+    <w:p w14:paraId="27C1F1CA" w14:textId="681A5376" w:rsidR="00E46193" w:rsidRDefault="009679CF" w:rsidP="00F33233">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="97071153"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="401698"/>
@@ -1089,61 +1046,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> TNs</w:t>
       </w:r>
       <w:r w:rsidR="00F33233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00402DC0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00657674">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>for positions covered by a collective bargaining agreement</w:t>
+        <w:t xml:space="preserve">for positions covered by a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>CBA</w:t>
       </w:r>
       <w:r w:rsidR="00E67C2F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56658AF4" w14:textId="753A7E7C" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="56658AF4" w14:textId="2D18667B" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1118990818"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1909271128"/>
@@ -1195,163 +1159,51 @@
         <w:r w:rsidR="00E46193" w:rsidRPr="00F33233">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">Actual Wage </w:t>
         </w:r>
         <w:r w:rsidR="00F33233" w:rsidRPr="00F33233">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Memorandum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F33233">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (not required for TNs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="109091CE" w14:textId="7C5AE2A6" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
-[...111 lines deleted...]
-    <w:p w14:paraId="1536332D" w14:textId="7C27B930" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="1536332D" w14:textId="1C3D42A0" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-206871487"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-854655060"/>
@@ -1414,51 +1266,51 @@
         </w:rPr>
         <w:t>offer</w:t>
       </w:r>
       <w:r w:rsidR="00F50FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or reappointment</w:t>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> letter</w:t>
       </w:r>
       <w:r w:rsidR="00A67EF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s for this position</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5606AF" w14:textId="73D5B647" w:rsidR="00B53B6A" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="5B5606AF" w14:textId="1D5C190D" w:rsidR="00B53B6A" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="2005777297"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1498,118 +1350,144 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B53B6A" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy of </w:t>
       </w:r>
       <w:r w:rsidR="00F73FA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00B53B6A" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>published advertisement</w:t>
+        <w:t>published ad</w:t>
       </w:r>
       <w:r w:rsidR="00A67EF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00B53B6A" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for </w:t>
       </w:r>
       <w:r w:rsidR="00BE1AA7" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>professorial appointments)</w:t>
       </w:r>
       <w:r w:rsidR="00657674">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or UWHIRES position (for staff)</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005E4317">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>UWHires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005E4317">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Workday </w:t>
+      </w:r>
+      <w:r w:rsidR="00657674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>position (for staff)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E4B5067" w14:textId="77777777" w:rsidR="00E46193" w:rsidRPr="008D252F" w:rsidRDefault="00E46193" w:rsidP="00250341">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">From </w:t>
       </w:r>
       <w:r w:rsidR="00F04A60" w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>beneficiary</w:t>
       </w:r>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A583750" w14:textId="23B3FC18" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="7A583750" w14:textId="23B3FC18" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-2096243382"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-508831673"/>
@@ -1657,51 +1535,51 @@
         </w:rPr>
         <w:t>Copy of passport biographic page</w:t>
       </w:r>
       <w:r w:rsidR="008C1118">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and most recent </w:t>
       </w:r>
       <w:r w:rsidR="000E20CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">U.S. </w:t>
       </w:r>
       <w:r w:rsidR="008C1118">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>visa stamp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254EE53C" w14:textId="30E1B2C1" w:rsidR="00E46193" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="254EE53C" w14:textId="30E1B2C1" w:rsidR="00E46193" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="-895359581"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1732,108 +1610,108 @@
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000D3199" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00491BC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00491BC4" w:rsidRPr="008C1118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Maintena</w:t>
         </w:r>
         <w:r w:rsidR="008C1118" w:rsidRPr="008C1118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>nce of Status/I-94 Consent Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00491BC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A81004">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
       <w:r w:rsidR="00491BC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="00F679A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">opy of most recent </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00F679A4" w:rsidRPr="008C1118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>I-94 record</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EBCFB4C" w14:textId="2F761BE3" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="5EBCFB4C" w14:textId="42D86BB6" w:rsidR="00E46193" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="1920680523"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1917,75 +1795,192 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>I-797 approval notices,</w:t>
       </w:r>
       <w:r w:rsidR="004415F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> visa stamps,</w:t>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I-20 forms, DS-2019 forms, EAD cards, and I-612 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E436D">
+        <w:t xml:space="preserve"> I-20 forms,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EAD cards</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5F92" w:rsidRPr="000D3199">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(for new petitions only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30767F50" w14:textId="6D36AF97" w:rsidR="00AF233F" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:id w:val="1066988710"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-197311723"/>
+              <w14:checkbox>
+                <w14:checked w14:val="0"/>
+                <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+              </w14:checkbox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00AF233F">
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>☐</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00AF233F" w:rsidRPr="00FA7C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF233F" w:rsidRPr="00FA7C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AF233F" w:rsidRPr="000D3199">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Copies of previous and current</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF233F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF233F" w:rsidRPr="000D3199">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DS-2019 forms, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F01B99">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>J visa stamps</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF233F" w:rsidRPr="000D3199">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and I-612 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF233F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
+      <w:r w:rsidR="00AF233F" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>aivers</w:t>
       </w:r>
-      <w:r w:rsidR="000D5F92" w:rsidRPr="000D3199">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (for new petitions only)</w:t>
+      <w:r w:rsidR="00AF233F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, if ever held J-1 or J-2 status</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13017DE9" w14:textId="0A5A68AA" w:rsidR="00E46193" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="13017DE9" w14:textId="0A5A68AA" w:rsidR="00E46193" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1275093993"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-49238416"/>
@@ -2039,62 +2034,62 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>diploma and</w:t>
       </w:r>
       <w:r w:rsidR="000D5F92" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> transcript for </w:t>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>highest relevant degree</w:t>
       </w:r>
       <w:r w:rsidR="000D5F92" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="000D5F92" w:rsidRPr="00855A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>certified translation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B480B51" w14:textId="1D64383D" w:rsidR="00B23A2D" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="00B23A2D">
+    <w:p w14:paraId="3B480B51" w14:textId="1D64383D" w:rsidR="00B23A2D" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="00B23A2D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-161240643"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="46269292"/>
@@ -2123,93 +2118,93 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B23A2D" w:rsidRPr="00B23A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23A2D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Foreign educational equivalency evaluation </w:t>
       </w:r>
       <w:r w:rsidR="00A81004">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">from a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00A81004" w:rsidRPr="00672139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>NACES</w:t>
         </w:r>
         <w:r w:rsidR="000E20CE" w:rsidRPr="00672139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00672139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>member</w:t>
         </w:r>
         <w:r w:rsidR="000E20CE" w:rsidRPr="00672139">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> agency</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000E20CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for foreign degrees only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E6FAB1" w14:textId="015268C3" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="55E6FAB1" w14:textId="015268C3" w:rsidR="00E46193" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-1872140166"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-490949884"/>
@@ -2250,51 +2245,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Curriculum </w:t>
       </w:r>
       <w:r w:rsidR="001E436D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00E46193" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>itae</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192C3118" w14:textId="791F2266" w:rsidR="000D5F92" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="192C3118" w14:textId="791F2266" w:rsidR="000D5F92" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="1940564880"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-949778593"/>
@@ -2370,51 +2365,51 @@
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidR="00BE1AA7" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>patient care</w:t>
       </w:r>
       <w:r w:rsidR="008537DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> duties</w:t>
       </w:r>
       <w:r w:rsidR="000D5F92" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F64228F" w14:textId="3059B510" w:rsidR="00BE1AA7" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="4F64228F" w14:textId="3059B510" w:rsidR="00BE1AA7" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="346287400"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-536273398"/>
@@ -2550,51 +2545,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008C365B" w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B5F377" w14:textId="41F85450" w:rsidR="00855A15" w:rsidRPr="00855A15" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="30B5F377" w14:textId="191FC8B4" w:rsidR="00855A15" w:rsidRPr="00855A15" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="1994137473"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="612947776"/>
@@ -2627,84 +2622,100 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F410EF" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Completed</w:t>
       </w:r>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="008537DF" w:rsidRPr="008537DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>I-539 form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>with original signature</w:t>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ink </w:t>
       </w:r>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00855A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for primary dependent (usually the spouse)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F49F2EC" w14:textId="40D44B15" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="4F49F2EC" w14:textId="2F56D315" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="817309139"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-618998110"/>
@@ -2733,100 +2744,116 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00855A15" w:rsidRPr="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="008537DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ompleted </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="008537DF" w:rsidRPr="00855A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>I-539 Supplement A</w:t>
         </w:r>
         <w:r w:rsidR="00855A15" w:rsidRPr="00855A15">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008537DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00855A15">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">with original signature </w:t>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ink </w:t>
+      </w:r>
+      <w:r w:rsidR="00855A15">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">signature </w:t>
       </w:r>
       <w:r w:rsidR="008537DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>for each additional dependent</w:t>
       </w:r>
       <w:r w:rsidR="008537DF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F927A4" w14:textId="4ED8B575" w:rsidR="00F410EF" w:rsidRPr="002A4FC6" w:rsidRDefault="00485FB9" w:rsidP="002A4FC6">
+    <w:p w14:paraId="62F927A4" w14:textId="557DBEC9" w:rsidR="00F410EF" w:rsidRPr="002A4FC6" w:rsidRDefault="009679CF" w:rsidP="002A4FC6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-231477974"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="720944827"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
@@ -2840,115 +2867,90 @@
               <w:r w:rsidR="006D6E9D">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000D3199" w:rsidRPr="002A4FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3199" w:rsidRPr="002A4FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F410EF" w:rsidRPr="002A4FC6">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="005E4317" w:rsidRPr="00A71BCF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>G-1450 credit card authorizations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E4317" w:rsidRPr="005E4317">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4317">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="00403EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>470</w:t>
       </w:r>
       <w:r w:rsidR="002A4FC6" w:rsidRPr="002A4FC6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Department of Homeland Security for $</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> I-539 Filing Fee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B72AB9A" w14:textId="7923C575" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="0B72AB9A" w14:textId="7923C575" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-856188231"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-84542327"/>
@@ -2975,51 +2977,51 @@
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000D3199" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F410EF" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Copy of passport biographic page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492DF16F" w14:textId="4651BDA5" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="492DF16F" w14:textId="4651BDA5" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="358710355"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1725516447"/>
@@ -3079,51 +3081,51 @@
         <w:r w:rsidR="00931F3E" w:rsidRPr="00931F3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>reco</w:t>
         </w:r>
         <w:r w:rsidR="00F410EF" w:rsidRPr="00931F3E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>rd</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F410EF" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and visa stamp</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02941BE6" w14:textId="598056A0" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="02941BE6" w14:textId="598056A0" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="-532729298"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="1203981624"/>
@@ -3171,51 +3173,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Copies of documentation of previous and current immigration status, including but not </w:t>
       </w:r>
       <w:r w:rsidR="00BE1AA7" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>limited to</w:t>
       </w:r>
       <w:r w:rsidR="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> I-797 </w:t>
       </w:r>
       <w:r w:rsidR="00F410EF" w:rsidRPr="000D3199">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>approval notices, I-20 forms, DS-2019 forms, EAD cards, and I-612 Waivers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FF019A" w14:textId="299D75AD" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="00485FB9" w:rsidP="000D3199">
+    <w:p w14:paraId="06FF019A" w14:textId="299D75AD" w:rsidR="00F410EF" w:rsidRPr="000D3199" w:rsidRDefault="009679CF" w:rsidP="000D3199">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:id w:val="1446738865"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:id w:val="-1215651612"/>
@@ -3339,76 +3341,76 @@
         <w:t>For child, birth certificate bearing the names of both parents</w:t>
       </w:r>
       <w:r w:rsidR="00D3672A" w:rsidRPr="008D252F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F410EF" w:rsidRPr="008D252F" w:rsidSect="003C2BB6">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1350" w:right="1008" w:bottom="720" w:left="864" w:header="360" w:footer="255" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12EC5BD1" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="467D1858" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3441,83 +3443,75 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3051EA11" w14:textId="77777777" w:rsidR="001E436D" w:rsidRPr="00BA1D7B" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3051EA11" w14:textId="424DA614" w:rsidR="001E436D" w:rsidRPr="00BA1D7B" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Updated July </w:t>
+      <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AF233F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>31</w:t>
-[...7 lines deleted...]
-      <w:t>, 2012</w:t>
+      <w:t>December 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="009B6063">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>H</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
@@ -3676,120 +3670,125 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D032B3" w:rsidRPr="00BA1D7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="518D4BB1" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D">
+  <w:p w14:paraId="518D4BB1" w14:textId="4C2FB8DE" w:rsidR="001E436D" w:rsidRDefault="001E436D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00A95E1C" w:rsidRPr="002F3AA8">
+      <w:r w:rsidR="00AF233F" w:rsidRPr="005E4317">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>https://ap.washington.edu/iso/sites/default/files/H1B-Checklist.docx</w:t>
+        </w:rPr>
+        <w:t>https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="009B6063">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="32A1D47C" w14:textId="001B6579" w:rsidR="001E436D" w:rsidRPr="00BA1D7B" w:rsidRDefault="00C90FA5" w:rsidP="00931F3E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32A1D47C" w14:textId="73C3A8BF" w:rsidR="001E436D" w:rsidRPr="00BA1D7B" w:rsidRDefault="00C90FA5" w:rsidP="00931F3E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="5130"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Updated </w:t>
     </w:r>
     <w:r w:rsidR="004415F0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>December</w:t>
     </w:r>
     <w:r w:rsidR="007D76A2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2024</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="005E4317">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="001E436D" w:rsidRPr="00BA1D7B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="009B6063">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>H-1</w:t>
     </w:r>
     <w:r w:rsidR="001E436D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>B Visa Request Checklist</w:t>
     </w:r>
@@ -3932,119 +3931,116 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D032B3" w:rsidRPr="00BA1D7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="05616627" w14:textId="69F1C692" w:rsidR="001E436D" w:rsidRPr="00931F3E" w:rsidRDefault="001E436D" w:rsidP="00931F3E">
+  <w:p w14:paraId="05616627" w14:textId="3831560D" w:rsidR="001E436D" w:rsidRPr="00931F3E" w:rsidRDefault="001E436D" w:rsidP="00931F3E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="center" w:pos="5130"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00931F3E" w:rsidRPr="00931F3E">
+      <w:r w:rsidR="005E4317" w:rsidRPr="005E4317">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/h1b-checklist/</w:t>
+        </w:rPr>
+        <w:t>https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="71A41E98" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09D65A5F" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6ADE7FC4" w14:textId="77777777" w:rsidR="001E436D" w:rsidRDefault="001E436D" w:rsidP="00D3672A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EA9D159" w14:textId="78B065F3" w:rsidR="001E436D" w:rsidRDefault="004415F0" w:rsidP="004415F0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22442599" wp14:editId="472FBF92">
           <wp:extent cx="3710084" cy="478790"/>
           <wp:effectExtent l="0" t="0" r="5080" b="0"/>
           <wp:docPr id="680902018" name="Picture 1" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="680902018" name="Picture 1" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -4056,51 +4052,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3833504" cy="494717"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="177517A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22A2F83A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5426,232 +5422,245 @@
         <w:lvlText w:val="o"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1750999451">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="226887123">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="N2g5tm2ZIXVOoYmHdOYOKIT3mftVib3n5HZOtr5fJRraZ73lo5V8fbCaAaoNuvM0hUYAY/AXuO/ULgyWVQFGFQ==" w:salt="KjYa6an6fZPm9RLr7uFoFA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="73729"/>
+    <o:shapedefaults v:ext="edit" spidmax="86017"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E46193"/>
     <w:rsid w:val="0005117A"/>
     <w:rsid w:val="00081D5A"/>
     <w:rsid w:val="000A1773"/>
     <w:rsid w:val="000D3199"/>
     <w:rsid w:val="000D5F92"/>
     <w:rsid w:val="000E20CE"/>
+    <w:rsid w:val="0011275F"/>
     <w:rsid w:val="00114A4F"/>
     <w:rsid w:val="00181604"/>
+    <w:rsid w:val="00193E9A"/>
     <w:rsid w:val="001D7996"/>
     <w:rsid w:val="001E38DC"/>
     <w:rsid w:val="001E436D"/>
     <w:rsid w:val="00220A38"/>
     <w:rsid w:val="00250341"/>
     <w:rsid w:val="002744FF"/>
     <w:rsid w:val="002827F9"/>
     <w:rsid w:val="00290C6C"/>
     <w:rsid w:val="002A1665"/>
     <w:rsid w:val="002A4FC6"/>
     <w:rsid w:val="002A52DB"/>
     <w:rsid w:val="002A5E3D"/>
     <w:rsid w:val="002B10AA"/>
     <w:rsid w:val="002B383E"/>
     <w:rsid w:val="002D15F2"/>
     <w:rsid w:val="003772AF"/>
     <w:rsid w:val="00387379"/>
     <w:rsid w:val="003B7442"/>
     <w:rsid w:val="003C2BB6"/>
     <w:rsid w:val="003F5E9E"/>
     <w:rsid w:val="00402DC0"/>
     <w:rsid w:val="00403EDF"/>
     <w:rsid w:val="00415164"/>
+    <w:rsid w:val="00426DE2"/>
     <w:rsid w:val="00430323"/>
     <w:rsid w:val="004415F0"/>
-    <w:rsid w:val="00485FB9"/>
     <w:rsid w:val="00491BC4"/>
     <w:rsid w:val="004A2ACA"/>
     <w:rsid w:val="004C6C02"/>
+    <w:rsid w:val="004E4CA0"/>
     <w:rsid w:val="004F526A"/>
     <w:rsid w:val="0050342E"/>
-    <w:rsid w:val="00532E01"/>
     <w:rsid w:val="00540429"/>
     <w:rsid w:val="005557C4"/>
     <w:rsid w:val="00560E61"/>
+    <w:rsid w:val="00567C3D"/>
     <w:rsid w:val="00587FC1"/>
     <w:rsid w:val="005967AB"/>
+    <w:rsid w:val="005B5AAA"/>
     <w:rsid w:val="005C0E5F"/>
     <w:rsid w:val="005C2674"/>
     <w:rsid w:val="005D357D"/>
     <w:rsid w:val="005E0004"/>
+    <w:rsid w:val="005E4317"/>
     <w:rsid w:val="005E64E4"/>
+    <w:rsid w:val="00602B24"/>
     <w:rsid w:val="00607ADC"/>
     <w:rsid w:val="00625627"/>
     <w:rsid w:val="00640465"/>
     <w:rsid w:val="006443D4"/>
     <w:rsid w:val="00645E7D"/>
     <w:rsid w:val="00657674"/>
     <w:rsid w:val="00670DB7"/>
     <w:rsid w:val="00672139"/>
     <w:rsid w:val="006D6E9D"/>
     <w:rsid w:val="006E6ACA"/>
     <w:rsid w:val="007625F5"/>
     <w:rsid w:val="0077218B"/>
     <w:rsid w:val="007A1305"/>
+    <w:rsid w:val="007A28B4"/>
     <w:rsid w:val="007C4FF2"/>
     <w:rsid w:val="007D76A2"/>
     <w:rsid w:val="007E23D7"/>
+    <w:rsid w:val="008274A8"/>
     <w:rsid w:val="008537DF"/>
     <w:rsid w:val="00853E99"/>
     <w:rsid w:val="00855A15"/>
     <w:rsid w:val="008658B6"/>
     <w:rsid w:val="008941CB"/>
     <w:rsid w:val="0089584A"/>
     <w:rsid w:val="008C1118"/>
     <w:rsid w:val="008C365B"/>
     <w:rsid w:val="008D252F"/>
     <w:rsid w:val="00931F3E"/>
+    <w:rsid w:val="009679CF"/>
     <w:rsid w:val="009A74C5"/>
     <w:rsid w:val="009B6063"/>
     <w:rsid w:val="009E1EF5"/>
     <w:rsid w:val="00A67EF6"/>
     <w:rsid w:val="00A712A7"/>
+    <w:rsid w:val="00A71BCF"/>
     <w:rsid w:val="00A81004"/>
     <w:rsid w:val="00A95689"/>
     <w:rsid w:val="00A95E1C"/>
     <w:rsid w:val="00AA31FB"/>
     <w:rsid w:val="00AC196A"/>
+    <w:rsid w:val="00AF233F"/>
     <w:rsid w:val="00B23A2D"/>
     <w:rsid w:val="00B53B6A"/>
     <w:rsid w:val="00B67159"/>
+    <w:rsid w:val="00B8060E"/>
     <w:rsid w:val="00BC2CB9"/>
     <w:rsid w:val="00BE1AA7"/>
     <w:rsid w:val="00C2239C"/>
     <w:rsid w:val="00C714B4"/>
     <w:rsid w:val="00C7604A"/>
     <w:rsid w:val="00C775A8"/>
     <w:rsid w:val="00C81603"/>
     <w:rsid w:val="00C90FA5"/>
     <w:rsid w:val="00D01818"/>
     <w:rsid w:val="00D02D35"/>
     <w:rsid w:val="00D032B3"/>
     <w:rsid w:val="00D2339E"/>
     <w:rsid w:val="00D3672A"/>
     <w:rsid w:val="00D6336C"/>
     <w:rsid w:val="00D82938"/>
     <w:rsid w:val="00DB4577"/>
     <w:rsid w:val="00DC13F3"/>
     <w:rsid w:val="00DD0CFD"/>
     <w:rsid w:val="00E46193"/>
     <w:rsid w:val="00E67C2F"/>
+    <w:rsid w:val="00F01B99"/>
     <w:rsid w:val="00F04A60"/>
     <w:rsid w:val="00F33233"/>
     <w:rsid w:val="00F410EF"/>
     <w:rsid w:val="00F50FC6"/>
     <w:rsid w:val="00F679A4"/>
     <w:rsid w:val="00F73FA0"/>
     <w:rsid w:val="00F83AE4"/>
     <w:rsid w:val="00FA6432"/>
     <w:rsid w:val="00FA7C69"/>
     <w:rsid w:val="00FB2A66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="73729"/>
+    <o:shapedefaults v:ext="edit" spidmax="86017"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1463E9F1"/>
   <w15:docId w15:val="{15F49F3C-3310-4A8C-B7D5-B780E6EBAAEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6060,67 +6069,65 @@
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E46193"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0050342E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0050342E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0050342E"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0050342E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -6243,55 +6250,65 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00931F3E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00657674"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A28B4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="983216">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="205147798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6359,71 +6376,71 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1852795938">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acadvisa@uw.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Prevailing-Wage.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Translators-Certification.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uscis.gov/i-539" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acadvisa@uw.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/ahr/visas/scholar-resources/i94/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Maintenance-of-Status-I-94-Consent.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uscis.gov/i-539" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/visa-fees/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/h1b-request-new-petition-change-of-employer-2/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Translators-Certification.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naces.org/members" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lux.ap.washington.edu/visa/h/mine/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Actual-Wage.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://i94.cbp.dhs.gov/I94/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acadvisa@uw.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/prevailing-wage/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.naces.org/members" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/visa-fees/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acadvisa@uw.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Translators-Certification.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/ahr/visas/scholar-resources/i94/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uscis.gov/i-539" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/visa-fees/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Maintenance-of-Status-I-94-Consent.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ap.washington.edu/cms/wp-content/uploads/Translators-Certification.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uscis.gov/i-539" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lux.ap.washington.edu/visa/h/mine/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/actual-wage/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://i94.cbp.dhs.gov/I94/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/iso/sites/default/files/H1B-Checklist.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/h1b-checklist/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ap.washington.edu/ahr/visas/admin-resources/h1b/sponsorship/required-documents/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C9C6A13EEA594336804F155ADA0B02C2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{838F8B4B-B225-4576-9ED0-8BF7D887962B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="006E1A13" w:rsidRDefault="00DA4034" w:rsidP="00DA4034">
           <w:pPr>
             <w:pStyle w:val="C9C6A13EEA594336804F155ADA0B02C24"/>
           </w:pPr>
           <w:r w:rsidRPr="008D252F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6447,51 +6464,51 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F7D7AF35-9B23-4EFC-80FF-8F2A06A28F47}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0066597A" w:rsidRDefault="00DA4034" w:rsidP="00DA4034">
           <w:pPr>
             <w:pStyle w:val="DF58F3CA86FD4535842B98C54716CBA8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Enter ticket number from RT here.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6550,94 +6567,98 @@
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0058675F"/>
     <w:rsid w:val="00056FB9"/>
+    <w:rsid w:val="00426DE2"/>
+    <w:rsid w:val="00567C3D"/>
     <w:rsid w:val="0058675F"/>
+    <w:rsid w:val="005B5AAA"/>
+    <w:rsid w:val="00602B24"/>
     <w:rsid w:val="0066597A"/>
     <w:rsid w:val="006E1A13"/>
     <w:rsid w:val="007B46F1"/>
     <w:rsid w:val="008941CB"/>
     <w:rsid w:val="00896179"/>
     <w:rsid w:val="00AC5985"/>
     <w:rsid w:val="00DA4034"/>
     <w:rsid w:val="00FA4BD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7040,51 +7061,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA4034"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9C6A13EEA594336804F155ADA0B02C24">
     <w:name w:val="C9C6A13EEA594336804F155ADA0B02C24"/>
     <w:rsid w:val="00DA4034"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DF58F3CA86FD4535842B98C54716CBA8">
     <w:name w:val="DF58F3CA86FD4535842B98C54716CBA8"/>
     <w:rsid w:val="00DA4034"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7350,65 +7371,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3EC5DDA-249D-4717-ACA1-42EE8EA8EA17}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>609</Words>
-  <Characters>3475</Characters>
+  <Words>613</Words>
+  <Characters>3351</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Washington</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4076</CharactersWithSpaces>
+  <CharactersWithSpaces>3890</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ursula Elspeth Owen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>